--- v0 (2026-01-01)
+++ v1 (2026-03-07)
@@ -7,365 +7,359 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="103">
   <si>
     <t xml:space="preserve">Basketbal Jeseník, spolek</t>
   </si>
   <si>
     <t xml:space="preserve">Dukelská 1240/27</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.basketbaljesenik</t>
+  </si>
+  <si>
     <t xml:space="preserve">Chaloupka v lese z.s.</t>
   </si>
   <si>
-    <t xml:space="preserve">Kostelní 1336/3a</t>
+    <t xml:space="preserve">Kostelní 1336/3</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/search/top?q=lesní%20klub%20chaloupka</t>
+  </si>
+  <si>
     <t xml:space="preserve">FENIX SKI TEAM Jeseník z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Masarykovo nám. 60/5</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">FK WAREX Jeseník, z. s.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Dukelská 498/19</t>
+    <t xml:space="preserve">https://www.feje.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JES Team, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dukelská 940/40</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">JES Team, z.s.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Dukelská 940/40</t>
+    <t xml:space="preserve">https://www.jesteam.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klub sportovního tance Jesenicka z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U Jatek 916/8</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Junák - český skaut, středisko Slunce Jeseník, z. s.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Seifertova 661/11</t>
+    <t xml:space="preserve">https://www.kstjesenicka.cz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">La Pirouette, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dukelská 1412/21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.facebook.com/LaPiroueteJesenik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monika Blandová - poskytování tělovýchovných a sportovních služeb v oblasti aerobiku, plavání a zdravotní tělesné výchovy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sládkova 359/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeseník - Bukovice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.facebook.com/monika.blandova.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRC Krteček Jeseník z.s.MRC Krteček Jeseník z.s. - pasáž Slovan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palackého 1341/2</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">Karate Klub Jeseník, spolek</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Lipovská 1168/54</t>
+    <t xml:space="preserve">https://www.krtecekjesenik.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.krtecekjesenik.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šachový klub Jeseník, z. s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palackého 13/11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.skjesenik.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soukromá základní umělecká škola LiveArt! s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jiráskova 762/9</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">Klub sportovního tance Jesenicka z.s.</t>
+    <t xml:space="preserve">https://www.szus-liveart.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soukromá základní umělecká škola LiveArt! s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palackého 10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.szus-liveart.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Středisko volného času a zařízení pro další vzdělávání pedagogických pracovníků DUHA Jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Průchodní 154/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.duhajes.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUPERIOR team Jeseník z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lipovská 1161/38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.superiorteamjesenik.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taneční centrum YESDANCE Jeseník, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sokolská 590</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mikulovice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.yesdance.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJ JISKRA JESENÍK, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">U Jatek 916/8</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
-    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">La Pirouette, z.s.</t>
-[...77 lines deleted...]
-    <t xml:space="preserve">Jiráskova 762/9</t>
+    <t xml:space="preserve">https://tj-jiskra-jesenik.webnode.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veselé cvičení pro nejmenší - Kamila Slováková</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tovární 202/3</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">Středisko volného času a zařízení pro další vzdělávání pedagogických pracovníků DUHA Jeseník</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Průchodní 154/5</t>
+    <t xml:space="preserve">https://www.facebook.com/veselecviceni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Základní umělecká škola Jeseník</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28. října 873/2</t>
   </si>
   <si>
     <t xml:space="preserve">Jeseník</t>
   </si>
   <si>
     <t xml:space="preserve">79001</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">Taneční centrum YESDANCE Jeseník. z.s.</t>
-[...71 lines deleted...]
-    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+    <t xml:space="preserve">https://www.zusjes.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -373,400 +367,488 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>50.2241816</v>
+      </c>
+      <c r="G1" s="0">
+        <v>17.1918845</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.2296524</v>
+      </c>
+      <c r="G2" s="0">
+        <v>17.205774</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>50.2294776</v>
+      </c>
+      <c r="G3" s="0">
+        <v>17.20385</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>50.2238253</v>
+      </c>
+      <c r="G4" s="0">
+        <v>17.196252</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>50.2394699</v>
+      </c>
+      <c r="G5" s="0">
+        <v>17.2111672</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>50.2244698</v>
+      </c>
+      <c r="G6" s="0">
+        <v>17.1934259</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="0">
+        <v>50.2235025</v>
+      </c>
+      <c r="G7" s="0">
+        <v>17.2094079</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0">
+        <v>50.2301588</v>
+      </c>
+      <c r="G8" s="0">
+        <v>17.2050191</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I8" s="0" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>53</v>
+      </c>
+      <c r="F9" s="0">
+        <v>50.2311778</v>
+      </c>
+      <c r="G9" s="0">
+        <v>17.2074369</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>59</v>
+      </c>
+      <c r="F10" s="0">
+        <v>50.2259188</v>
+      </c>
+      <c r="G10" s="0">
+        <v>17.2047063</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>65</v>
+      </c>
+      <c r="F11" s="0">
+        <v>50.2305294</v>
+      </c>
+      <c r="G11" s="0">
+        <v>17.2059021</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>71</v>
+      </c>
+      <c r="F12" s="0">
+        <v>50.2291238</v>
+      </c>
+      <c r="G12" s="0">
+        <v>17.2059537</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>77</v>
+      </c>
+      <c r="F13" s="0">
+        <v>50.2268178</v>
+      </c>
+      <c r="G13" s="0">
+        <v>17.1970792</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>83</v>
+      </c>
+      <c r="F14" s="0">
+        <v>50.299873</v>
+      </c>
+      <c r="G14" s="0">
+        <v>17.3187616</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>89</v>
+      </c>
+      <c r="F15" s="0">
+        <v>50.2394699</v>
+      </c>
+      <c r="G15" s="0">
+        <v>17.2111672</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>95</v>
+      </c>
+      <c r="F16" s="0">
+        <v>50.2327425</v>
+      </c>
+      <c r="G16" s="0">
+        <v>17.2035625</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...57 lines deleted...]
-      <c r="B21" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="F17" s="0">
+        <v>50.2263738</v>
+      </c>
+      <c r="G17" s="0">
+        <v>17.2062663</v>
+      </c>
+      <c r="H17" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>